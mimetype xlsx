--- v0 (2025-12-13)
+++ v1 (2026-02-09)
@@ -8,130 +8,157 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Users" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="140">
   <si>
     <t>tg Id</t>
   </si>
   <si>
     <t>Имя персонажа</t>
   </si>
   <si>
     <t>Имя tg</t>
   </si>
   <si>
     <t>course_name</t>
   </si>
   <si>
     <t>1004754853</t>
   </si>
   <si>
     <t>1_1</t>
   </si>
   <si>
     <t>Vladislavv1010</t>
   </si>
   <si>
     <t>Разработка международного турпродукта Хабаровского края</t>
   </si>
   <si>
     <t>Разработка международного турпродукта Красноярского края</t>
   </si>
   <si>
     <t>1016247094</t>
   </si>
   <si>
     <t>БУТик</t>
   </si>
   <si>
     <t>IreneAKh</t>
   </si>
   <si>
     <t>Разработка международного турпродукта Свердловской области</t>
   </si>
   <si>
+    <t>1075465206</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дапушка </t>
+  </si>
+  <si>
+    <t>shkryabi</t>
+  </si>
+  <si>
+    <t>Технологии формирования международного турпродукта</t>
+  </si>
+  <si>
     <t>1174352246</t>
   </si>
   <si>
     <t>Котик</t>
   </si>
   <si>
     <t>svetlanaromanova99</t>
   </si>
   <si>
-    <t>Технологии формирования международного турпродукта</t>
+    <t>1178474268</t>
+  </si>
+  <si>
+    <t>V</t>
+  </si>
+  <si>
+    <t/>
   </si>
   <si>
     <t>119763204</t>
   </si>
   <si>
     <t>Zxccxcxz</t>
   </si>
   <si>
     <t>shonethegrappler</t>
   </si>
   <si>
     <t>Разработка международного турпродукта Санкт-Петербурга: креативный туризм</t>
   </si>
   <si>
     <t>Разработка международного турпродукта Иркутской области</t>
   </si>
   <si>
     <t>Разработка туристического продукта Санкт-Петербурга в контексте развития медицинского туризма</t>
   </si>
   <si>
+    <t>1213308108</t>
+  </si>
+  <si>
+    <t>Квакша</t>
+  </si>
+  <si>
+    <t>trapatush</t>
+  </si>
+  <si>
+    <t>Методы и инструменты продвижения международных турпродуктов</t>
+  </si>
+  <si>
     <t>1224739888</t>
   </si>
   <si>
     <t>Жабекс</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>1478300793</t>
   </si>
   <si>
     <t xml:space="preserve">Лягушонок </t>
   </si>
   <si>
     <t>ivigins</t>
   </si>
   <si>
     <t>1537556236</t>
   </si>
   <si>
     <t>Квак</t>
   </si>
   <si>
     <t>krugozorochka</t>
   </si>
   <si>
     <t>1591314975</t>
   </si>
   <si>
     <t>Лягух</t>
   </si>
   <si>
     <t>irina39_ru</t>
@@ -160,53 +187,50 @@
   <si>
     <t>Yakovlev_D_S</t>
   </si>
   <si>
     <t>1933043706</t>
   </si>
   <si>
     <t>Чеша</t>
   </si>
   <si>
     <t>2031743874</t>
   </si>
   <si>
     <t>Кваки</t>
   </si>
   <si>
     <t>trfnvelena</t>
   </si>
   <si>
     <t>Разработка международного турпродукта Краснодарского края</t>
   </si>
   <si>
     <t>Разработка международного турпродукта Тульской и Рязанской областей</t>
   </si>
   <si>
-    <t>Методы и инструменты продвижения международных турпродуктов</t>
-[...1 lines deleted...]
-  <si>
     <t>Разработка международного турпродукта Тюменской области</t>
   </si>
   <si>
     <t>Разработка международного турпродукта Камчатского края</t>
   </si>
   <si>
     <t>Российское гостеприимство</t>
   </si>
   <si>
     <t>Разработка международного турпродукта Приморского края</t>
   </si>
   <si>
     <t>Разработка международного турпродукта Новосибирской области</t>
   </si>
   <si>
     <t>Разработка международного турпродукта Санкт-Петербурга: научно-популярный туризм</t>
   </si>
   <si>
     <t>Разработка международного турпродукта Краснодарского края и Херсонской области</t>
   </si>
   <si>
     <t>224473273</t>
   </si>
   <si>
     <t>Бу</t>
@@ -262,50 +286,59 @@
   <si>
     <t>Магарач</t>
   </si>
   <si>
     <t>Salychev_A</t>
   </si>
   <si>
     <t>441863254</t>
   </si>
   <si>
     <t xml:space="preserve">🐸 </t>
   </si>
   <si>
     <t>508102276</t>
   </si>
   <si>
     <t>Нннн</t>
   </si>
   <si>
     <t>5143433675</t>
   </si>
   <si>
     <t xml:space="preserve">Зелёный </t>
   </si>
   <si>
+    <t>5165890700</t>
+  </si>
+  <si>
+    <t>Женя</t>
+  </si>
+  <si>
+    <t>OlesyaAlesko</t>
+  </si>
+  <si>
     <t>520080941</t>
   </si>
   <si>
     <t>Гайка</t>
   </si>
   <si>
     <t>neprogadalka</t>
   </si>
   <si>
     <t>5243810796</t>
   </si>
   <si>
     <t>Максим</t>
   </si>
   <si>
     <t>5481329923</t>
   </si>
   <si>
     <t>Лягуша</t>
   </si>
   <si>
     <t>605148661</t>
   </si>
   <si>
     <t>Гоша</t>
@@ -353,50 +386,56 @@
     <t>levkavkaza88</t>
   </si>
   <si>
     <t>768564566</t>
   </si>
   <si>
     <t>Петрович</t>
   </si>
   <si>
     <t>Petrovna_Prekrasnaya</t>
   </si>
   <si>
     <t>8034526817</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>844416079</t>
   </si>
   <si>
     <t>Аляска</t>
   </si>
   <si>
     <t>captain_fish</t>
+  </si>
+  <si>
+    <t>8484360114</t>
+  </si>
+  <si>
+    <t>Люг</t>
   </si>
   <si>
     <t>879672738</t>
   </si>
   <si>
     <t>Жижа (Дима)</t>
   </si>
   <si>
     <t>uzurpator_02</t>
   </si>
   <si>
     <t>933839622</t>
   </si>
   <si>
     <t>Бил</t>
   </si>
   <si>
     <t>Paniromani</t>
   </si>
   <si>
     <t>954014323</t>
   </si>
   <si>
     <t>Алекс</t>
   </si>
@@ -769,51 +808,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D91"/>
+  <dimension ref="A1:D97"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="4" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
@@ -856,1217 +895,1301 @@
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="B9" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C11" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
         <v>32</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="C16" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>45</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="B20" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="D20" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B22" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C22" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D22" t="s">
-        <v>7</v>
+        <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B23" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C23" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D23" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B24" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C24" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C25" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D25" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C26" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D26" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B27" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C27" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D27" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B28" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C28" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D28" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B29" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C29" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D29" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B30" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C30" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D30" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B31" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C31" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D31" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B32" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C32" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D32" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B33" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C33" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D33" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B34" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C34" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D34" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B35" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C35" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D35" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B36" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="C36" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D36" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="B37" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="C37" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B38" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="C38" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="D38" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="B39" t="s">
-        <v>68</v>
+        <v>55</v>
       </c>
       <c r="C39" t="s">
-        <v>25</v>
+        <v>56</v>
       </c>
       <c r="D39" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
+        <v>66</v>
+      </c>
+      <c r="B40" t="s">
         <v>67</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>69</v>
       </c>
       <c r="B41" t="s">
         <v>70</v>
       </c>
       <c r="C41" t="s">
         <v>71</v>
       </c>
       <c r="D41" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B42" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C42" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D42" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B43" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="C43" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="D43" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B44" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="C44" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="D44" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B45" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C45" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D45" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B46" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C46" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D46" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
+        <v>77</v>
+      </c>
+      <c r="B47" t="s">
         <v>78</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>79</v>
       </c>
       <c r="D47" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
+        <v>77</v>
+      </c>
+      <c r="B48" t="s">
         <v>78</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>79</v>
       </c>
       <c r="D48" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B49" t="s">
-        <v>79</v>
+        <v>81</v>
+      </c>
+      <c r="C49" t="s">
+        <v>82</v>
       </c>
       <c r="D49" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B50" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C50" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
       <c r="D50" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B51" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="D51" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B52" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D52" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B53" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D53" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B54" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C54" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D54" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B55" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C55" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D55" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B56" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C56" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D56" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B57" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C57" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D57" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B58" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C58" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D58" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B59" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C59" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="D59" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B60" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C60" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="D60" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B61" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C61" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="D61" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B62" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C62" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="D62" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="B63" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="C63" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="D63" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="B64" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="C64" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="D64" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="B65" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="C65" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="D65" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="B66" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="C66" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="D66" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="B67" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="C67" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="D67" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="B68" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="C68" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="D68" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="B69" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="C69" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="D69" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="B70" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="C70" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="D70" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="B71" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="C71" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="D71" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="B72" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="C72" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="D72" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="B73" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="C73" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="D73" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="B74" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="C74" t="s">
-        <v>25</v>
+        <v>110</v>
       </c>
       <c r="D74" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="B75" t="s">
-        <v>103</v>
+        <v>109</v>
+      </c>
+      <c r="C75" t="s">
+        <v>110</v>
       </c>
       <c r="D75" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B76" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C76" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D76" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B77" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C77" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D77" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
+        <v>108</v>
+      </c>
+      <c r="B78" t="s">
+        <v>109</v>
+      </c>
+      <c r="C78" t="s">
         <v>110</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D78" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B79" t="s">
-        <v>111</v>
+        <v>112</v>
+      </c>
+      <c r="C79" t="s">
+        <v>22</v>
       </c>
       <c r="D79" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B80" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D80" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B81" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C81" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="D81" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="B82" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="C82" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="D82" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B83" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="D83" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B84" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D84" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>121</v>
       </c>
       <c r="B85" t="s">
         <v>122</v>
       </c>
-      <c r="C85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D85" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B86" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C86" t="s">
-        <v>25</v>
+        <v>125</v>
       </c>
       <c r="D86" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
         <v>123</v>
       </c>
       <c r="B87" t="s">
         <v>124</v>
       </c>
       <c r="C87" t="s">
-        <v>25</v>
+        <v>125</v>
       </c>
       <c r="D87" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B88" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C88" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D88" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B89" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C89" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="D89" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="B90" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="C90" t="s">
-        <v>25</v>
+        <v>133</v>
       </c>
       <c r="D90" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="B91" t="s">
-        <v>126</v>
+        <v>135</v>
+      </c>
+      <c r="C91" t="s">
+        <v>22</v>
       </c>
       <c r="D91" t="s">
-        <v>53</v>
+        <v>12</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>134</v>
+      </c>
+      <c r="B92" t="s">
+        <v>135</v>
+      </c>
+      <c r="C92" t="s">
+        <v>22</v>
+      </c>
+      <c r="D92" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>136</v>
+      </c>
+      <c r="B93" t="s">
+        <v>137</v>
+      </c>
+      <c r="C93" t="s">
+        <v>22</v>
+      </c>
+      <c r="D93" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>136</v>
+      </c>
+      <c r="B94" t="s">
+        <v>137</v>
+      </c>
+      <c r="C94" t="s">
+        <v>22</v>
+      </c>
+      <c r="D94" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>136</v>
+      </c>
+      <c r="B95" t="s">
+        <v>137</v>
+      </c>
+      <c r="C95" t="s">
+        <v>22</v>
+      </c>
+      <c r="D95" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>136</v>
+      </c>
+      <c r="B96" t="s">
+        <v>137</v>
+      </c>
+      <c r="C96" t="s">
+        <v>22</v>
+      </c>
+      <c r="D96" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>138</v>
+      </c>
+      <c r="B97" t="s">
+        <v>139</v>
+      </c>
+      <c r="D97" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">